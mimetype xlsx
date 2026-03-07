--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -41,54 +41,54 @@
   <si>
     <t>Klasifikasi : Komunikasi</t>
   </si>
   <si>
     <t>Deskripsi : Jaringan Komunikasi adalah sebuah sistem atau pola interaksi dimana informasi disampaikan dan pertukaran pesan terjadi antara dua atau lebih individu atau entitas. Sistem ini bisa bersifat formal atau informal, bergantung pada konteksnya</t>
   </si>
   <si>
     <t>Sumber Data : -</t>
   </si>
   <si>
     <t>Update terakhir : 4.00 Persen</t>
   </si>
   <si>
     <t>Verifikator Data : Dinas Komunikasi dan Informatika</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
     <t>Periode Terakhir : Tahun 2024</t>
   </si>
   <si>
     <t>Release Terakhir : 17 Maret 2025</t>
   </si>
   <si>
-    <t>Periode Berikutnya : Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 31 Januari 2026</t>
+    <t>Periode Berikutnya : Tahun 2026</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 31 Januari 2027</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>