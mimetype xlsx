--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -38,54 +38,54 @@
   <si>
     <t>Rasio Daya Serap Tenaga Kerja Kabupaten Badung</t>
   </si>
   <si>
     <t>Klasifikasi : Tenaga Kerja</t>
   </si>
   <si>
     <t>Deskripsi :</t>
   </si>
   <si>
     <t>Update terakhir : 1.60 Tidak Ada Satuan</t>
   </si>
   <si>
     <t>Verifikator Data : Dinas Penanaman Modal Dan Pelayanan Terpadu Satu Pintu</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
     <t>Periode Terakhir : Tahun 2024</t>
   </si>
   <si>
     <t>Release Terakhir : 17 Maret 2025</t>
   </si>
   <si>
-    <t>Periode Berikutnya : Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 1 Januari 2026</t>
+    <t>Periode Berikutnya : Tahun 2026</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 1 Januari 2027</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>