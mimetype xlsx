--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -12,74 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Jumlah Organisasi Pemuda Kabupaten Badung</t>
   </si>
   <si>
     <t>Klasifikasi : Belum Diklasifikasikan</t>
   </si>
   <si>
     <t>Deskripsi :</t>
   </si>
   <si>
     <t>Update terakhir : 604 Unit</t>
   </si>
   <si>
     <t>Verifikator Data : Dinas Pendidikan, Kepemudaan dan Olah Raga</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
-    <t>Periode Terakhir : Tahun 2023</t>
-[...2 lines deleted...]
-    <t>Release Terakhir : 1 April 2024</t>
+    <t>Periode Terakhir : Tahun 2024</t>
+  </si>
+  <si>
+    <t>Release Terakhir : 19 Desember 2025</t>
   </si>
   <si>
     <t>Periode Berikutnya : Tahun 2025</t>
   </si>
   <si>
     <t>Release Berikutnya : 4 Januari 2026</t>
   </si>
   <si>
     <t>Kecamatan</t>
   </si>
   <si>
     <t>KUTA UTARA</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
@@ -93,50 +93,53 @@
     <t>Tahun 2018</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>Dinas Pendidikan, Kepemudaan dan Olah Raga</t>
   </si>
   <si>
     <t>Tahun 2019</t>
   </si>
   <si>
     <t>Tahun 2020</t>
   </si>
   <si>
     <t>Tahun 2021</t>
   </si>
   <si>
     <t>Tahun 2022</t>
   </si>
   <si>
     <t>Tahun 2023</t>
+  </si>
+  <si>
+    <t>Tahun 2024</t>
   </si>
   <si>
     <t>KUTA</t>
   </si>
   <si>
     <t>MENGWI</t>
   </si>
   <si>
     <t>KUTA SELATAN</t>
   </si>
   <si>
     <t>ABIANSEMAL</t>
   </si>
   <si>
     <t>PETANG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
@@ -487,54 +490,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F64"/>
+  <dimension ref="A1:F70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A57" sqref="A57"/>
+      <selection activeCell="A62" sqref="A62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:6">
@@ -695,772 +698,892 @@
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="21" spans="1:6">
-      <c r="A21" s="3" t="s">
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>7</v>
+      </c>
+      <c r="B20" t="s">
         <v>27</v>
       </c>
+      <c r="C20">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" t="s">
+      <c r="A22" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
         <v>12</v>
       </c>
-      <c r="B22" t="s">
+      <c r="B23" t="s">
         <v>13</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C23" t="s">
         <v>14</v>
       </c>
-      <c r="D22" t="s">
+      <c r="D23" t="s">
         <v>15</v>
       </c>
-      <c r="E22" t="s">
+      <c r="E23" t="s">
         <v>16</v>
       </c>
-      <c r="F22" t="s">
+      <c r="F23" t="s">
         <v>17</v>
-      </c>
-[...18 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B24" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C24">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B25" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C25">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C26">
         <v>37</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C27">
         <v>37</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B28" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C28">
         <v>37</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>6</v>
+      </c>
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29">
+        <v>37</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="30" spans="1:6">
-      <c r="A30" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A31" t="s">
+      <c r="A30">
+        <v>7</v>
+      </c>
+      <c r="B30" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30">
+        <v>37</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
         <v>12</v>
       </c>
-      <c r="B31" t="s">
+      <c r="B33" t="s">
         <v>13</v>
       </c>
-      <c r="C31" t="s">
+      <c r="C33" t="s">
         <v>14</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D33" t="s">
         <v>15</v>
       </c>
-      <c r="E31" t="s">
+      <c r="E33" t="s">
         <v>16</v>
       </c>
-      <c r="F31" t="s">
+      <c r="F33" t="s">
         <v>17</v>
-      </c>
-[...38 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B34" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C34">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B35" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C35">
         <v>231</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B36" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C36">
         <v>231</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B37" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C37">
         <v>231</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>5</v>
+      </c>
+      <c r="B38" t="s">
+        <v>25</v>
+      </c>
+      <c r="C38">
+        <v>231</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="39" spans="1:6">
-      <c r="A39" s="3" t="s">
-        <v>29</v>
+      <c r="A39">
+        <v>6</v>
+      </c>
+      <c r="B39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39">
+        <v>231</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="A40" t="s">
+      <c r="A40">
+        <v>7</v>
+      </c>
+      <c r="B40" t="s">
+        <v>27</v>
+      </c>
+      <c r="C40">
+        <v>231</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
         <v>12</v>
       </c>
-      <c r="B40" t="s">
+      <c r="B43" t="s">
         <v>13</v>
       </c>
-      <c r="C40" t="s">
+      <c r="C43" t="s">
         <v>14</v>
       </c>
-      <c r="D40" t="s">
+      <c r="D43" t="s">
         <v>15</v>
       </c>
-      <c r="E40" t="s">
+      <c r="E43" t="s">
         <v>16</v>
       </c>
-      <c r="F40" t="s">
+      <c r="F43" t="s">
         <v>17</v>
-      </c>
-[...58 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B44" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C44">
         <v>53</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="B45" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C45">
         <v>53</v>
       </c>
       <c r="D45" t="s">
         <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B46" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C46">
         <v>53</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>4</v>
+      </c>
+      <c r="B47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47">
+        <v>53</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="48" spans="1:6">
-      <c r="A48" s="3" t="s">
-        <v>30</v>
+      <c r="A48">
+        <v>5</v>
+      </c>
+      <c r="B48" t="s">
+        <v>25</v>
+      </c>
+      <c r="C48">
+        <v>53</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:6">
-      <c r="A49" t="s">
-        <v>12</v>
+      <c r="A49">
+        <v>6</v>
       </c>
       <c r="B49" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>26</v>
+      </c>
+      <c r="C49">
+        <v>53</v>
       </c>
       <c r="D49" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="B50" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="C50">
-        <v>133</v>
+        <v>53</v>
       </c>
       <c r="D50" t="s">
         <v>19</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="51" spans="1:6">
-[...18 lines deleted...]
-    </row>
     <row r="52" spans="1:6">
-      <c r="A52">
-[...15 lines deleted...]
-        <v>21</v>
+      <c r="A52" s="3" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53">
-        <v>4</v>
+      <c r="A53" t="s">
+        <v>12</v>
       </c>
       <c r="B53" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>13</v>
+      </c>
+      <c r="C53" t="s">
+        <v>14</v>
       </c>
       <c r="D53" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F53" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="B54" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="C54">
         <v>133</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="B55" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C55">
+        <v>57</v>
+      </c>
+      <c r="D55" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56">
+        <v>3</v>
+      </c>
+      <c r="B56" t="s">
+        <v>23</v>
+      </c>
+      <c r="C56">
         <v>133</v>
       </c>
-      <c r="D55" t="s">
-[...5 lines deleted...]
-      <c r="F55" t="s">
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:6">
-      <c r="A57" s="3" t="s">
-        <v>31</v>
+      <c r="A57">
+        <v>4</v>
+      </c>
+      <c r="B57" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57">
+        <v>133</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:6">
-      <c r="A58" t="s">
-        <v>12</v>
+      <c r="A58">
+        <v>5</v>
       </c>
       <c r="B58" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>25</v>
+      </c>
+      <c r="C58">
+        <v>133</v>
       </c>
       <c r="D58" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E58" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="B59" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C59">
-        <v>56</v>
+        <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>19</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="B60" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C60">
-        <v>57</v>
+        <v>133</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="61" spans="1:6">
-[...18 lines deleted...]
-    </row>
     <row r="62" spans="1:6">
-      <c r="A62">
-[...15 lines deleted...]
-        <v>21</v>
+      <c r="A62" s="3" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:6">
-      <c r="A63">
-        <v>5</v>
+      <c r="A63" t="s">
+        <v>12</v>
       </c>
       <c r="B63" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>13</v>
+      </c>
+      <c r="C63" t="s">
+        <v>14</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
+        <v>1</v>
+      </c>
+      <c r="B64" t="s">
+        <v>18</v>
+      </c>
+      <c r="C64">
+        <v>56</v>
+      </c>
+      <c r="D64" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65">
+        <v>2</v>
+      </c>
+      <c r="B65" t="s">
+        <v>22</v>
+      </c>
+      <c r="C65">
+        <v>57</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66">
+        <v>3</v>
+      </c>
+      <c r="B66" t="s">
+        <v>23</v>
+      </c>
+      <c r="C66">
+        <v>57</v>
+      </c>
+      <c r="D66" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67">
+        <v>4</v>
+      </c>
+      <c r="B67" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67">
+        <v>57</v>
+      </c>
+      <c r="D67" t="s">
+        <v>19</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68">
+        <v>5</v>
+      </c>
+      <c r="B68" t="s">
+        <v>25</v>
+      </c>
+      <c r="C68">
+        <v>57</v>
+      </c>
+      <c r="D68" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69">
         <v>6</v>
       </c>
-      <c r="B64" t="s">
+      <c r="B69" t="s">
         <v>26</v>
       </c>
-      <c r="C64">
+      <c r="C69">
         <v>57</v>
       </c>
-      <c r="D64" t="s">
-[...5 lines deleted...]
-      <c r="F64" t="s">
+      <c r="D69" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70">
+        <v>7</v>
+      </c>
+      <c r="B70" t="s">
+        <v>27</v>
+      </c>
+      <c r="C70">
+        <v>57</v>
+      </c>
+      <c r="D70" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>