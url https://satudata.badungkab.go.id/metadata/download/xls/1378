--- v1 (2026-01-11)
+++ v2 (2026-03-07)
@@ -38,54 +38,54 @@
   <si>
     <t>Jumlah Organisasi Pemuda Kabupaten Badung</t>
   </si>
   <si>
     <t>Klasifikasi : Belum Diklasifikasikan</t>
   </si>
   <si>
     <t>Deskripsi :</t>
   </si>
   <si>
     <t>Update terakhir : 604 Unit</t>
   </si>
   <si>
     <t>Verifikator Data : Dinas Pendidikan, Kepemudaan dan Olah Raga</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
     <t>Periode Terakhir : Tahun 2024</t>
   </si>
   <si>
     <t>Release Terakhir : 19 Desember 2025</t>
   </si>
   <si>
-    <t>Periode Berikutnya : Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 4 Januari 2026</t>
+    <t>Periode Berikutnya : Tahun 2026</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 4 Januari 2027</t>
   </si>
   <si>
     <t>Kecamatan</t>
   </si>
   <si>
     <t>KUTA UTARA</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>