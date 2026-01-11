--- v0 (2025-10-09)
+++ v1 (2026-01-11)
@@ -38,54 +38,54 @@
   <si>
     <t>Jumlah Program Keluarga Harapan Kelurahan Sempidi</t>
   </si>
   <si>
     <t>Klasifikasi : Kemiskinan dan Pembangunan Manusia</t>
   </si>
   <si>
     <t>Deskripsi : Program Keluarga Harapan (PKH) merupakan program bantuan sosial yang diatur dalam Peraturan Menteri Sosial Republik Indonesia No. 1 Tahun 2018. PKH adalah program pemberian bantuan tunai bersyarat yang diberikan kepada Keluarga Penerima Manfaat (KPM) deng</t>
   </si>
   <si>
     <t>Update terakhir : 58.00 Unit</t>
   </si>
   <si>
     <t>Verifikator Data : Dinas Komunikasi dan Informatika</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
     <t>Periode Terakhir : Tahun 2025</t>
   </si>
   <si>
     <t>Release Terakhir : 9 Juli 2025</t>
   </si>
   <si>
-    <t>Periode Berikutnya : Tahun 2026</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 1 Januari 2027</t>
+    <t>Periode Berikutnya :</t>
+  </si>
+  <si>
+    <t>Release Berikutnya :</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>