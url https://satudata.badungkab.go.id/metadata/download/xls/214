--- v0 (2025-10-10)
+++ v1 (2026-02-20)
@@ -41,54 +41,54 @@
   <si>
     <t>Klasifikasi : Tenaga Kerja</t>
   </si>
   <si>
     <t>Deskripsi : Metadata belum di definisikan, informasi metadata akan segera kami perbaiki setelah pertemuan forum satudata Kabupaten Badung</t>
   </si>
   <si>
     <t>Sumber Data : Badan Pusat Statistik - Sumber: Survei Angkatan Kerja Nasional (Sakernas) - Agustus.</t>
   </si>
   <si>
     <t>Update terakhir : 20,939.00 Jiwa</t>
   </si>
   <si>
     <t>Verifikator Data : Badan Pusat Statistik</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
     <t>Periode Terakhir : Tahun 2021</t>
   </si>
   <si>
     <t>Release Terakhir : 15 Maret 2023</t>
   </si>
   <si>
-    <t>Periode Berikutnya : Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 1 Januari 2026</t>
+    <t>Periode Berikutnya : Tahun 2026</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 1 Januari 2027</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>