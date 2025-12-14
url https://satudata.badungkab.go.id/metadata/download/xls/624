--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -38,54 +38,54 @@
   <si>
     <t>Lama Menginap di Hotel Bintang - Asing</t>
   </si>
   <si>
     <t>Klasifikasi : Hotel dan Pariwisata</t>
   </si>
   <si>
     <t>Deskripsi : Metadata belum di definisikan, informasi metadata akan segera kami perbaiki setelah pertemuan forum satudata Kabupaten Badung</t>
   </si>
   <si>
     <t>Update terakhir : 3 Hari</t>
   </si>
   <si>
     <t>Verifikator Data : Badan Pusat Statistik</t>
   </si>
   <si>
     <t>Frekuensi Data : Bulanan</t>
   </si>
   <si>
     <t>Periode Terakhir : Desember Tahun 2015</t>
   </si>
   <si>
     <t>Release Terakhir : 15 Maret 2023</t>
   </si>
   <si>
-    <t>Periode Berikutnya : September Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 1 Oktober 2025</t>
+    <t>Periode Berikutnya : November Tahun 2025</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 1 Desember 2025</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>