--- v1 (2025-12-14)
+++ v2 (2026-02-21)
@@ -38,54 +38,54 @@
   <si>
     <t>Lama Menginap di Hotel Bintang - Asing</t>
   </si>
   <si>
     <t>Klasifikasi : Hotel dan Pariwisata</t>
   </si>
   <si>
     <t>Deskripsi : Metadata belum di definisikan, informasi metadata akan segera kami perbaiki setelah pertemuan forum satudata Kabupaten Badung</t>
   </si>
   <si>
     <t>Update terakhir : 3 Hari</t>
   </si>
   <si>
     <t>Verifikator Data : Badan Pusat Statistik</t>
   </si>
   <si>
     <t>Frekuensi Data : Bulanan</t>
   </si>
   <si>
     <t>Periode Terakhir : Desember Tahun 2015</t>
   </si>
   <si>
     <t>Release Terakhir : 15 Maret 2023</t>
   </si>
   <si>
-    <t>Periode Berikutnya : November Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 1 Desember 2025</t>
+    <t>Periode Berikutnya : Januari Tahun 2026</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 1 Februari 2026</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>