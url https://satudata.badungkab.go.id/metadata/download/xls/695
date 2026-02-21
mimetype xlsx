--- v0 (2025-10-11)
+++ v1 (2026-02-21)
@@ -41,54 +41,54 @@
   <si>
     <t>Klasifikasi : Pendidikan</t>
   </si>
   <si>
     <t>Deskripsi : Proporsi penduduk pada kelompok umur jenjang pendidikan tertentu yang masih bersekolah terhadap penduduk pada kelompok umur tersebut. Sejak tahun 2007, Pendidikan Non Formal (Paket A, Paket B, dan Paket C) turut diperhitungkan.</t>
   </si>
   <si>
     <t>Sumber Data : Badan Pusat Statistik - Sumber : Survei Angkatan Kerja Nasional</t>
   </si>
   <si>
     <t>Update terakhir : 84.48 Tidak Ada Satuan</t>
   </si>
   <si>
     <t>Verifikator Data : Badan Pusat Statistik</t>
   </si>
   <si>
     <t>Frekuensi Data : Tahunan</t>
   </si>
   <si>
     <t>Periode Terakhir : Tahun 2020</t>
   </si>
   <si>
     <t>Release Terakhir : 15 Maret 2023</t>
   </si>
   <si>
-    <t>Periode Berikutnya : Tahun 2025</t>
-[...2 lines deleted...]
-    <t>Release Berikutnya : 1 Januari 2026</t>
+    <t>Periode Berikutnya : Tahun 2026</t>
+  </si>
+  <si>
+    <t>Release Berikutnya : 1 Januari 2027</t>
   </si>
   <si>
     <t>Kabupaten</t>
   </si>
   <si>
     <t>KABUPATEN BADUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Frekuensi Penerbitan</t>
   </si>
   <si>
     <t>Produsen Data</t>
   </si>